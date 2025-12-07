--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -1774,111 +1774,111 @@
       <c r="F13">
         <v>8261</v>
       </c>
       <c r="G13">
         <v>183</v>
       </c>
       <c r="H13">
         <v>173784106</v>
       </c>
       <c r="I13">
         <v>7817</v>
       </c>
       <c r="J13">
         <v>168</v>
       </c>
       <c r="K13">
         <v>166310312</v>
       </c>
       <c r="L13">
         <v>7114</v>
       </c>
       <c r="M13">
         <v>157</v>
       </c>
       <c r="N13">
-        <v>171294635</v>
+        <v>173753897</v>
       </c>
       <c r="O13">
-        <v>7102</v>
+        <v>7204</v>
       </c>
       <c r="P13">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="Q13">
         <v>178424260</v>
       </c>
       <c r="R13">
         <v>7247</v>
       </c>
       <c r="S13">
         <v>160</v>
       </c>
       <c r="T13">
         <v>176562336</v>
       </c>
       <c r="U13">
         <v>7218</v>
       </c>
       <c r="V13">
         <v>158</v>
       </c>
       <c r="W13">
         <v>182308144</v>
       </c>
       <c r="X13">
         <v>6625</v>
       </c>
       <c r="Y13">
         <v>160</v>
       </c>
       <c r="Z13">
         <v>168353407</v>
       </c>
       <c r="AA13">
         <v>6202</v>
       </c>
       <c r="AB13">
         <v>635</v>
       </c>
       <c r="AC13">
         <v>170283126</v>
       </c>
       <c r="AD13">
         <v>11600</v>
       </c>
       <c r="AE13">
         <v>182</v>
       </c>
       <c r="AF13">
-        <v>162299649</v>
+        <v>161787167</v>
       </c>
       <c r="AG13">
-        <v>8889</v>
+        <v>8866</v>
       </c>
       <c r="AH13">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="AI13">
         <v>165807295</v>
       </c>
       <c r="AJ13">
         <v>6529</v>
       </c>
       <c r="AK13">
         <v>168</v>
       </c>
     </row>
     <row r="14" spans="1:37">
       <c r="A14" t="s">
         <v>15</v>
       </c>
       <c r="B14">
         <v>15504703</v>
       </c>
       <c r="C14">
         <v>8234</v>
       </c>
       <c r="D14">
         <v>175</v>
       </c>
       <c r="E14">
@@ -8828,108 +8828,108 @@
       <c r="F13">
         <v>5886</v>
       </c>
       <c r="G13">
         <v>131</v>
       </c>
       <c r="H13">
         <v>121611222</v>
       </c>
       <c r="I13">
         <v>5472</v>
       </c>
       <c r="J13">
         <v>118</v>
       </c>
       <c r="K13">
         <v>115230278</v>
       </c>
       <c r="L13">
         <v>4929</v>
       </c>
       <c r="M13">
         <v>109</v>
       </c>
       <c r="N13">
-        <v>119295381</v>
+        <v>121754643</v>
       </c>
       <c r="O13">
-        <v>4946</v>
+        <v>5048</v>
       </c>
       <c r="P13">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="Q13">
         <v>123276645</v>
       </c>
       <c r="R13">
         <v>5007</v>
       </c>
       <c r="S13">
         <v>111</v>
       </c>
       <c r="T13">
         <v>120655935</v>
       </c>
       <c r="U13">
         <v>4933</v>
       </c>
       <c r="V13">
         <v>108</v>
       </c>
       <c r="W13">
         <v>124939555</v>
       </c>
       <c r="X13">
         <v>4540</v>
       </c>
       <c r="Y13">
         <v>109</v>
       </c>
       <c r="Z13">
         <v>112482755</v>
       </c>
       <c r="AA13">
         <v>4156</v>
       </c>
       <c r="AB13">
         <v>100</v>
       </c>
       <c r="AC13">
         <v>113008445</v>
       </c>
       <c r="AD13">
         <v>7024</v>
       </c>
       <c r="AE13">
         <v>116</v>
       </c>
       <c r="AF13">
-        <v>109724826</v>
+        <v>109212344</v>
       </c>
       <c r="AG13">
-        <v>4926</v>
+        <v>4903</v>
       </c>
       <c r="AH13">
         <v>107</v>
       </c>
       <c r="AI13">
         <v>112912027</v>
       </c>
       <c r="AJ13">
         <v>3922</v>
       </c>
       <c r="AK13">
         <v>109</v>
       </c>
     </row>
     <row r="14" spans="1:37">
       <c r="A14" t="s">
         <v>15</v>
       </c>
       <c r="B14">
         <v>7710972</v>
       </c>
       <c r="C14">
         <v>4095</v>
       </c>
       <c r="D14">